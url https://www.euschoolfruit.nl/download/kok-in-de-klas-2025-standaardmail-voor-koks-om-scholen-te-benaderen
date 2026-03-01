--- v0 (2025-11-29)
+++ v1 (2026-03-01)
@@ -1,620 +1,656 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D548738" w14:textId="16CBA9DB" w:rsidR="00880DEB" w:rsidRDefault="00C267C6" w:rsidP="00C267C6">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Standaard mail voor koks om scholen te benaderen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E400709" w14:textId="195A9AE5" w:rsidR="00C267C6" w:rsidRDefault="00C267C6" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43F506A1" w14:textId="12F60848" w:rsidR="00C267C6" w:rsidRDefault="00C267C6" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Beste …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C159D" w14:textId="3283E68A" w:rsidR="00DB2B9A" w:rsidRDefault="00C267C6" w:rsidP="00C267C6">
+    <w:p w14:paraId="654C159D" w14:textId="1C19CA36" w:rsidR="00DB2B9A" w:rsidRDefault="00C267C6" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">Van </w:t>
       </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D206DC">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t/m </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00142BBE">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> juni 2025</w:t>
+        <w:t xml:space="preserve"> juni 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB2B9A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">vindt </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidR="00DB2B9A" w:rsidRPr="00263C84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="nl-NL"/>
           </w:rPr>
-          <w:t>Kok in de Klas</w:t>
+          <w:t xml:space="preserve">Kok in </w:t>
+        </w:r>
+        <w:r w:rsidR="00DB2B9A" w:rsidRPr="00263C84">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="nl-NL"/>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="00DB2B9A" w:rsidRPr="00263C84">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="nl-NL"/>
+          </w:rPr>
+          <w:t>e Klas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DB2B9A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> plaats. Ik ben &lt;naam&gt;, kok bij &lt;restaurant/locatie&gt;. Het lijkt mij leuk om bij jullie op school als kok een les te verzorgen tijdens Kok in de Klas 202</w:t>
       </w:r>
-      <w:r w:rsidR="00142BBE">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DB2B9A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008A302C">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A302C" w:rsidRPr="009A0BED">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>&lt;Je kunt hier iets toevoegen over waarom je bij op deze school een les wil geven&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575365B1" w14:textId="1F7711DD" w:rsidR="00EC7D35" w:rsidRDefault="00DB2B9A" w:rsidP="00C267C6">
+    <w:p w14:paraId="575365B1" w14:textId="1E4B016F" w:rsidR="00EC7D35" w:rsidRDefault="00DB2B9A" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2B9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Over Kok in de Klas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00EC7D35">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kok in de klas is een drie daagse evenement waarbij 120 koks in heel Nederland een kookles verzorgen in een groep 6, 7 of 8. Elk jaar wordt een ander gerecht gemaakt. Dit jaar is dat </w:t>
-[...5 lines deleted...]
-        <w:t>de Buitengewone Bonenburger</w:t>
+        <w:t>Kok in de klas is een drie daagse evenement waarbij koks in heel Nederland een kookles verzorgen in een groep 6, 7 of 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>. A</w:t>
       </w:r>
       <w:r w:rsidR="00EC7D35">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> van tv kok Ramon Beuk!  Als school ontvangt u een gratis boodschappenpakket en lesmateriaal. De les duurt 1,5 uur.  </w:t>
+        <w:t xml:space="preserve">ls school ontvangt u een gratis boodschappenpakket en lesmateriaal. De les duurt 1,5 uur.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4805E9" w14:textId="316E47BC" w:rsidR="00EC7D35" w:rsidRDefault="00EC7D35" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kinderen leren over het koksvak, kookvaardigheden en aspecten als samenwerken en meten. </w:t>
+        <w:t xml:space="preserve">Kinderen leren over het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>koksvak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kookvaardigheden en aspecten als samenwerken en meten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1A4949" w14:textId="6D3C6479" w:rsidR="00EC7D35" w:rsidRDefault="00EC7D35" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Les</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B3FB9C" w14:textId="023C0272" w:rsidR="00EC7D35" w:rsidRPr="00EC7D35" w:rsidRDefault="00EC7D35" w:rsidP="00C267C6">
+    <w:p w14:paraId="59B3FB9C" w14:textId="24B62A09" w:rsidR="00EC7D35" w:rsidRPr="00EC7D35" w:rsidRDefault="00EC7D35" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">De les kan gegeven worden op maandagmiddag </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">6 </w:t>
+        <w:t xml:space="preserve">De les kan gegeven worden op </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>dinsdagmiddag 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E56102">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>juni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">, dinsdag </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">7 </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>woensdag 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E56102">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>juni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of woensdag </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">8 </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>donderdag 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E56102">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>juni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A0BED">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>&lt;Eigen beschikbaarheid/voorkeur weergeven&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CEAF24" w14:textId="669D679D" w:rsidR="008A302C" w:rsidRPr="008A302C" w:rsidRDefault="0071593A" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="008A302C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>esmateriaal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613734A6" w14:textId="4346A067" w:rsidR="00EC7D35" w:rsidRDefault="00EC7D35" w:rsidP="00C267C6">
+    <w:p w14:paraId="45D59CB0" w14:textId="022F77A8" w:rsidR="009A0BED" w:rsidRPr="00712AEF" w:rsidRDefault="00EC7D35" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Het lesmateriaal bestaa</w:t>
       </w:r>
       <w:r w:rsidR="0071593A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>t uit een</w:t>
       </w:r>
       <w:r w:rsidR="00231184">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071593A">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">lerarenhandleiding, een receptenkaart voor de leerlingen en een Kok in de Klas Kwartet. U ontvangt de lesmaterialen in de week van </w:t>
+        <w:t>lerarenhandleiding</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="0071593A">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>een receptenkaart voor de leerlingen</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF0D62E" w14:textId="6FE0630E" w:rsidR="00142BBE" w:rsidRDefault="008A302C" w:rsidP="00C267C6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hopelijk zijn jullie net zo enthousiast als ik! </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0BED">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ik ontvang graag een reactie via </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0BED" w:rsidRPr="009A0BED">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>&lt;e-mail / telefoonnummer&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0BED">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Mocht u ook enthousiast zijn</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0BED">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan is inschrijving mogelijk vanaf </w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00142BBE">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>12 me</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">Mocht u ook enthousiast zijn dan is inschrijving mogelijk vanaf </w:t>
+        <w:t xml:space="preserve"> maart 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00712AEF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00142BBE">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>10 maart 2025.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3F7EC2C1" w14:textId="60E4A73E" w:rsidR="00BF5D76" w:rsidRDefault="00BF5D76" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Met vriendelijke groet,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF4B014" w14:textId="77777777" w:rsidR="00BF5D76" w:rsidRDefault="00BF5D76" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26889763" w14:textId="612486E8" w:rsidR="00DB2B9A" w:rsidRDefault="00DB2B9A" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5158593B" w14:textId="77777777" w:rsidR="00DB2B9A" w:rsidRPr="00C267C6" w:rsidRDefault="00DB2B9A" w:rsidP="00C267C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DB2B9A" w:rsidRPr="00C267C6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C267C6"/>
     <w:rsid w:val="000672A1"/>
     <w:rsid w:val="00142BBE"/>
     <w:rsid w:val="00231184"/>
     <w:rsid w:val="00263C84"/>
     <w:rsid w:val="003F0D36"/>
     <w:rsid w:val="00461F84"/>
     <w:rsid w:val="004743E1"/>
+    <w:rsid w:val="006004CB"/>
+    <w:rsid w:val="00712AEF"/>
     <w:rsid w:val="0071593A"/>
     <w:rsid w:val="00766A9E"/>
     <w:rsid w:val="00880DEB"/>
     <w:rsid w:val="008A302C"/>
     <w:rsid w:val="009537F8"/>
     <w:rsid w:val="009A0BED"/>
     <w:rsid w:val="00BF5D76"/>
     <w:rsid w:val="00C267C6"/>
     <w:rsid w:val="00D206DC"/>
     <w:rsid w:val="00D80D86"/>
     <w:rsid w:val="00DB2B9A"/>
     <w:rsid w:val="00DB65C6"/>
     <w:rsid w:val="00E56102"/>
     <w:rsid w:val="00EC7D35"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="02C5EDB4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{317942E3-08D0-4459-BD06-0A5D62A1762F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -964,216 +1000,228 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C267C6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C267C6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00263C84"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00263C84"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Verwijzingopmerking">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A0BED"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Tekstopmerking">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="TekstopmerkingChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A0BED"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
+    <w:name w:val="Tekst opmerking Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Tekstopmerking"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009A0BED"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Tekstopmerking"/>
+    <w:next w:val="Tekstopmerking"/>
+    <w:link w:val="OnderwerpvanopmerkingChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A0BED"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
+    <w:name w:val="Onderwerp van opmerking Char"/>
+    <w:basedOn w:val="TekstopmerkingChar"/>
+    <w:link w:val="Onderwerpvanopmerking"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009A0BED"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00712AEF"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smaaklessen.nl/nl/smaaklessen/Ons-aanbod/Kok-in-de-Klas-1.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smaaklessen.nl/smaaklessen/nieuws-events/acties-events/kok-in-de-klas" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1429,72 +1477,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>209</Words>
-  <Characters>1194</Characters>
+  <Words>186</Words>
+  <Characters>1028</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1401</CharactersWithSpaces>
+  <CharactersWithSpaces>1212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Barmentloo, Sara</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>